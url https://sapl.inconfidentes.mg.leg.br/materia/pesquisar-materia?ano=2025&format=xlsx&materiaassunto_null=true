--- v0 (2025-12-02)
+++ v1 (2026-03-07)
@@ -54,297 +54,297 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeito Municipal de Inconfidentes - PREFEITO</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_1521.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_1521.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição do valor do auxílio-alimentação, conforme previsão nas Lei Municipais n° 1.273/2017 e n° 1.459/2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_1522.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_1522.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição de subsídios da prefeito e vice-prefeito, conforme previsão no art. 20 e seus parágrafos da Lei Orgânica do Município</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_1523.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_1523.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração e concessão de aumento real aos servidores ativos e inativos do Poder Executivo do Município de Inconfidentes e dá outras providências</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_1524.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_1524.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar, em favor de unidades orçamentárias do Executivo Municipal, no valor de R$ 248.400,00, para os fins que especifica</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_1525.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_1525.pdf</t>
   </si>
   <si>
     <t>Autoriza o acréscimo de subvenções sociais e abertura de crédito suplementar à Associação de Radiodifusão de Inconfidentes, para os fins que específica</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara Municipal - MESA</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_1526.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_1526.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição do auxílio-alimentação dos servidores da Câmara Municipal de Inconfidentes e dá outras providências</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_1527.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_1527.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição dos salários e vencimentos dos servidores da Câmara Municipal de Inconfidentes e dá outras providências</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_1528.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_1528.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição dos subsídios mensais dos Vereadores da Câmara Municipal de Inconfidentes e dá outras providências</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_1529.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_1529.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar, em favor do Departamento Municipal de Obras, Viação, Urbanismo e Serviços Públicos, no valor de R$ 250.000,00, para os fins que especifica.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_1530.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_1530.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar, em favor de unidades orçamentárias do Executivo Municipal, para os fins que especifica.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_1531.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_1531.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pela Prefeitura do Município de Inconfidentes/MG e dá outras providências</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_1532.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_1532.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar, em favor do Departamento Municipal de Finanças, no valor de R$ 97.828,29, para os fins que especifica</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_1533.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_1533.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura o município de Inconfidentes/MG, a parcelar dívida ativa com o Estado de Minas Gerais, com outorga de garantia e dá outras providências</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_1534.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_1534.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de contribuições e a abertura de crédito especial à CNM - Confederação Nacional de Municípios, para os fins que especifica.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_1535.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_1535.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.530/2024, que autoriza a concessão de subvenções, auxílios e contribuições às entidades que específica</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_1536.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_1536.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a realizar repasse financeiro aos blocos de rua vencedores de concurso a ser realizado através de edital próprio, anualmente.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_complementar_68.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_complementar_68.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n° 069/2023, que dispõe sobre a implementação do piso nacional para os profissionais de enfermagem do município de Inconfidentes e dá outras providências</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_complementar_69.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_complementar_69.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Recuperação Fiscal - REFIS 2025</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/19/pr_-_1-2025_-_altera_ri_-_horario.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/19/pr_-_1-2025_-_altera_ri_-_horario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Regimento Interno da Câmara Municipal de Inconfidentes e dá outras providências</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Frente Parlamentar Ampla, Mesa Diretora da Câmara Municipal - MESA</t>
   </si>
   <si>
-    <t>https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/20/emenda_1.pdf</t>
+    <t>http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/20/emenda_1.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no inciso I, §2° do art. 102-A da Lei Orgânica Municipal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -651,68 +651,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_1521.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_1522.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_1523.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_1524.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_1525.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_1526.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_1527.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_1528.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_1529.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_1530.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_1531.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_1532.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_1533.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_1534.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_1535.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_1536.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_complementar_68.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_complementar_69.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/19/pr_-_1-2025_-_altera_ri_-_horario.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/20/emenda_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_1521.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_1522.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_1523.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_lei_1524.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_1525.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_1526.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_1527.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_1528.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_1529.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/10/projeto_de_lei_1530.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_1531.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_1532.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_1533.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/14/projeto_de_lei_1534.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_lei_1535.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_1536.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_complementar_68.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_complementar_69.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/19/pr_-_1-2025_-_altera_ri_-_horario.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.inconfidentes.mg.leg.br/media/sapl/public/materialegislativa/2025/20/emenda_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="177.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>